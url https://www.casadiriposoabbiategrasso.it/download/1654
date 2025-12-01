--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -1,90 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="14677913" w14:textId="5FFC8FD8" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="00D706DB">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>Spettabile</w:t>
       </w:r>
       <w:r w:rsidR="00D706DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fondazione Casa di Riposo Città di Abbiategrasso</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C03B2DF" w14:textId="6EF057B9" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="00D706DB">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>SEDE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15625563" w14:textId="78727022" w:rsidR="007343AE" w:rsidRDefault="007343AE"/>
-    <w:p w14:paraId="5944B8E5" w14:textId="3EA70BE0" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="00D706DB">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="02EB518A" w14:textId="18A3CB3D" w:rsidR="007343AE" w:rsidRDefault="007343AE"/>
-    <w:p w14:paraId="5EB8AE2A" w14:textId="177A8CCB" w:rsidR="007343AE" w:rsidRDefault="007343AE">
-[...1 lines deleted...]
-        <w:t>RICHIESTA COPIA FASAS</w:t>
+    <w:p w14:paraId="5EB8AE2A" w14:textId="41467A5F" w:rsidR="007343AE" w:rsidRDefault="007343AE">
+      <w:r>
+        <w:t>RICHIESTA COPIA FA</w:t>
+      </w:r>
+      <w:r w:rsidR="00814283">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>SA</w:t>
+      </w:r>
+      <w:r w:rsidR="00814283">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53780915" w14:textId="3F015374" w:rsidR="007343AE" w:rsidRDefault="007343AE"/>
     <w:p w14:paraId="30EB6767" w14:textId="0FD1E61A" w:rsidR="007343AE" w:rsidRDefault="007343AE">
       <w:r>
         <w:t>Il/la sottoscritto/a_________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79922A4D" w14:textId="3FB76604" w:rsidR="007343AE" w:rsidRDefault="007343AE">
       <w:r>
         <w:t xml:space="preserve">Residente a______________________________________ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>cap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>_________________</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>prov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -157,59 +155,65 @@
     <w:p w14:paraId="6FC986A6" w14:textId="325DC43D" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Erede legittimo/erede testamentario</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="523E349F" w14:textId="21E67C19" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Altro_________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22339783" w14:textId="27F787A5" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE"/>
-    <w:p w14:paraId="5E1B9F87" w14:textId="2DE9328B" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE">
+    <w:p w14:paraId="5E1B9F87" w14:textId="5304E426" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE">
       <w:r>
         <w:t>COPIA CONFORM</w:t>
       </w:r>
       <w:r w:rsidR="001413C4">
         <w:t>E</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> DELLA CARTELLA CLINICA DI</w:t>
+        <w:t xml:space="preserve"> DEL</w:t>
+      </w:r>
+      <w:r w:rsidR="00814283">
+        <w:t xml:space="preserve"> FA.SA.S</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> DI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69015D34" w14:textId="2DB09F6C" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE">
       <w:r>
         <w:t>Cognome e nome__________________________________________________________ sesso M         F</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2474DE92" w14:textId="77777777" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE">
       <w:r>
         <w:t xml:space="preserve">Nato/a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>________________________________________________ il _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76625CE7" w14:textId="77777777" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE">
       <w:r>
         <w:t>Documento di identità n___________________________ CF______________________________________</w:t>
       </w:r>
     </w:p>
@@ -248,53 +252,58 @@
         <w:t xml:space="preserve">Firma del richiedente </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="652C9CDC" w14:textId="1A8A57BC" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48548C9B" w14:textId="6EA2F0D2" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE"/>
-    <w:p w14:paraId="7BFD924F" w14:textId="32468F56" w:rsidR="001413C4" w:rsidRDefault="007343AE" w:rsidP="007343AE">
-[...1 lines deleted...]
-        <w:t>Da ritirare presso l’Ufficio Amministrativo in n. 10 gg. lavorativi € 30,00 dal giorno della richiesta.</w:t>
+    <w:p w14:paraId="7BFD924F" w14:textId="446CA4B2" w:rsidR="001413C4" w:rsidRDefault="00814283" w:rsidP="007343AE">
+      <w:r>
+        <w:t xml:space="preserve">I documenti vengono rilasciati entro 30 giorni dalla data della richiesta </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A9428D" w14:textId="7AB15B8D" w:rsidR="00814283" w:rsidRDefault="00814283" w:rsidP="007343AE">
+      <w:r>
+        <w:t>Il costo è pari a € 0,70 + IVA a foglio</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F5B014" w14:textId="77777777" w:rsidR="001413C4" w:rsidRDefault="001413C4">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD91403" w14:textId="77777777" w:rsidR="001413C4" w:rsidRPr="001413C4" w:rsidRDefault="001413C4" w:rsidP="001413C4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001413C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -858,98 +867,98 @@
         <w:r w:rsidRPr="001413C4">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000080"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>dpo1@sigesgroup.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7010096D" w14:textId="77777777" w:rsidR="007343AE" w:rsidRDefault="007343AE" w:rsidP="007343AE"/>
     <w:sectPr w:rsidR="007343AE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B6223C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6382DC52"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1019,112 +1028,117 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="338507944">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A105D"/>
+    <w:rsid w:val="00087C61"/>
     <w:rsid w:val="001413C4"/>
     <w:rsid w:val="00224C0B"/>
     <w:rsid w:val="005164CC"/>
     <w:rsid w:val="006647B2"/>
     <w:rsid w:val="007343AE"/>
     <w:rsid w:val="007A105D"/>
+    <w:rsid w:val="00814283"/>
+    <w:rsid w:val="008500F1"/>
+    <w:rsid w:val="00BD4873"/>
     <w:rsid w:val="00D706DB"/>
+    <w:rsid w:val="00F742DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="414498C2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B513A469-9030-4C75-B9DC-A189A85BAA7A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1520,51 +1534,51 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007343AE"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpo1@sigesgroup.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -1830,54 +1844,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>669</Words>
-  <Characters>3815</Characters>
+  <Words>664</Words>
+  <Characters>3791</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Titolo</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4476</CharactersWithSpaces>
+  <CharactersWithSpaces>4447</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>FONDAZIONE CASA DI RIPOSO CITTA' DI ABBIATEGRASSO - ONLUS</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>